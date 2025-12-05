--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -2671,60 +2671,60 @@
       </c>
       <c r="B124" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>125</v>
       </c>
       <c r="B125" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>126</v>
       </c>
       <c r="B126" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>127</v>
       </c>
-      <c r="B127" s="3">
-        <v>0.913</v>
+      <c r="B127" s="2">
+        <v>1</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>128</v>
       </c>
-      <c r="B128" s="3">
-        <v>0.6667</v>
+      <c r="B128" s="2">
+        <v>1</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>129</v>
       </c>
       <c r="B129" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>130</v>
       </c>
       <c r="B130" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>131</v>
       </c>
       <c r="B131" s="2">
         <v>1</v>
       </c>
@@ -5287,52 +5287,52 @@
       </c>
       <c r="B451" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="s">
         <v>452</v>
       </c>
       <c r="B452" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="s">
         <v>453</v>
       </c>
       <c r="B453" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="s">
         <v>454</v>
       </c>
-      <c r="B454" s="3">
-        <v>0.9114</v>
+      <c r="B454" s="2">
+        <v>1</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="s">
         <v>455</v>
       </c>
       <c r="B455" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="s">
         <v>456</v>
       </c>
       <c r="B456" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="s">
         <v>457</v>
       </c>
       <c r="B457" s="2">
         <v>1</v>
       </c>