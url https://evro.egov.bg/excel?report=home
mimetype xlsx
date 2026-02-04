--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -434,351 +434,351 @@
   <si>
     <t>Регионална здравна инспекция - Враца</t>
   </si>
   <si>
     <t>Регионално управление на образованието - София област</t>
   </si>
   <si>
     <t>Регионално управление на образованието - Търговище</t>
   </si>
   <si>
     <t>Общинска администрация - Кресна</t>
   </si>
   <si>
     <t>Общинска администрация - Каспичан</t>
   </si>
   <si>
     <t>Регионална здравна инспекция - Сливен</t>
   </si>
   <si>
     <t>Регионална здравна инспекция - Ямбол</t>
   </si>
   <si>
     <t>Регионална здравна инспекция - Кърджали</t>
   </si>
   <si>
+    <t>Регионално управление на образованието - Добрич</t>
+  </si>
+  <si>
+    <t>Регионално управление на образованието - Видин</t>
+  </si>
+  <si>
+    <t>Регионално управление на образованието - Смолян</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Борино</t>
+  </si>
+  <si>
+    <t>Регионално управление на образованието - Шумен</t>
+  </si>
+  <si>
+    <t>Изпълнителна агенция по лекарствата</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Искър</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Струмяни</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Иваново</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Стамболийски</t>
+  </si>
+  <si>
+    <t>Изпълнителна агенция Медицински надзор</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Пазарджик</t>
+  </si>
+  <si>
+    <t>Областна администрация - област София - град</t>
+  </si>
+  <si>
+    <t>Държавна агенция за бежанците</t>
+  </si>
+  <si>
+    <t>Дипломатически институт към министъра на външните работи</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Приморско</t>
+  </si>
+  <si>
+    <t>Държавен фонд Земеделие</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Рудозем</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Монтана</t>
+  </si>
+  <si>
+    <t>Комисия за енергийно и водно регулиране</t>
+  </si>
+  <si>
+    <t>Национален център за информация и документация</t>
+  </si>
+  <si>
+    <t>Министерство на земеделието и храните</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Опан</t>
+  </si>
+  <si>
+    <t>Областна дирекция Земеделие - Сливен</t>
+  </si>
+  <si>
+    <t>Областна дирекция Земеделие - Добрич</t>
+  </si>
+  <si>
+    <t>Областна дирекция Земеделие - Варна</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Айтос</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Болярово</t>
+  </si>
+  <si>
+    <t>Министерство на културата</t>
+  </si>
+  <si>
+    <t>Народно събрание на Република България</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Ардино</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Мездра</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Сапарева баня</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Смолян</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Котел</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Вълчедръм</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Кубрат</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Исперих</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Елхово</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Ракитово</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Брезово</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Суворово</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Цар Калоян</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Братя Даскалови</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Лозница</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Симеоновград</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Съединение</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Главиница</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Крумовград</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Мирково</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Ружинци</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Хитрино</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Тетевен</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Павликени</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Димитровград</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Септември</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Долни Чифлик</t>
+  </si>
+  <si>
+    <t>Регионално управление на образованието - Силистра</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Куклен</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Лесичово</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Габрово</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Шабла</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Завет</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Елена</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Перник</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Добрич</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Божурище</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Георги Дамяново</t>
+  </si>
+  <si>
+    <t>Регионална дирекция по горите - Пловдив</t>
+  </si>
+  <si>
+    <t>Лесозащитна станция - Пловдив</t>
+  </si>
+  <si>
+    <t>Държавна комисия по стоковите борси и тържищата</t>
+  </si>
+  <si>
+    <t>Горска Семеконтролна Станция - Пловдив</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Балчик</t>
+  </si>
+  <si>
+    <t>Национален съвет по цени и реимбурсиране на лекарствените продукти</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Разград</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Смолян</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Мъглиж</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Търговище</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Пловдив</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Хасково</t>
+  </si>
+  <si>
+    <t>Регионална дирекция по горите - Благоевград</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Венец</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Долни Дъбник</t>
+  </si>
+  <si>
+    <t>Столична регионална здравна инспекция</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Габрово</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Каолиново</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Рила</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Перник</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Плевен</t>
+  </si>
+  <si>
+    <t>Министерство на регионалното развитие и благоустройството</t>
+  </si>
+  <si>
+    <t>Министерство на здравеопазването</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Софийска област</t>
+  </si>
+  <si>
+    <t>Лесозащитна станция - София</t>
+  </si>
+  <si>
+    <t>Регионална здравна инспекция - Русе</t>
+  </si>
+  <si>
+    <t>Регионално управление на образованието - Благоевград</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Плевен</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Никопол</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Хаджидимово</t>
+  </si>
+  <si>
+    <t>Български институт по метрология</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Видин</t>
+  </si>
+  <si>
     <t>Национална агенция за оценяване и акредитация</t>
-  </si>
-[...298 lines deleted...]
-    <t>Общинска администрация - Видин</t>
   </si>
   <si>
     <t>Изпълнителна агенция Автомобилна администрация</t>
   </si>
   <si>
     <t>Дирекция на природен парк Витоша</t>
   </si>
   <si>
     <t>Общинска администрация - Тутракан</t>
   </si>
   <si>
     <t>Фонд Научни изследвания</t>
   </si>
   <si>
     <t>Министерство на труда и социалната политика</t>
   </si>
   <si>
     <t>Министерство на околната среда и водите</t>
   </si>
   <si>
     <t>Областна дирекция Земеделие - Хасково</t>
   </si>
   <si>
     <t>Областна дирекция Земеделие - Монтана</t>
   </si>
@@ -4776,51 +4776,51 @@
       <c r="B387" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
         <v>388</v>
       </c>
       <c r="B388" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
         <v>389</v>
       </c>
       <c r="B389" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
         <v>390</v>
       </c>
       <c r="B390" s="3">
-        <v>0.7233</v>
+        <v>0.8783</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
         <v>391</v>
       </c>
       <c r="B391" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
         <v>392</v>
       </c>
       <c r="B392" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
         <v>393</v>
       </c>
       <c r="B393" s="2">
         <v>1</v>
       </c>