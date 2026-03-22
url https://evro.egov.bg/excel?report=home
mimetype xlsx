--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -1631,55 +1631,54 @@
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B527"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
@@ -4775,52 +4774,52 @@
       </c>
       <c r="B387" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
         <v>388</v>
       </c>
       <c r="B388" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
         <v>389</v>
       </c>
       <c r="B389" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
         <v>390</v>
       </c>
-      <c r="B390" s="3">
-        <v>0.8783</v>
+      <c r="B390" s="2">
+        <v>1</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
         <v>391</v>
       </c>
       <c r="B391" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
         <v>392</v>
       </c>
       <c r="B392" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
         <v>393</v>
       </c>
       <c r="B393" s="2">
         <v>1</v>
       </c>