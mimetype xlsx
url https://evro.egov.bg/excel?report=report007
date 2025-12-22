--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="EvroEgovBg\PhpXlsxGenerator"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="224">
   <si>
     <t>Наименование на административен орган</t>
   </si>
   <si>
     <t>Наименование на информационна система</t>
   </si>
   <si>
     <t>Дейност</t>
   </si>
   <si>
     <t>Прогрес</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Агенция за публичните предприятия и контрол</t>
   </si>
   <si>
     <t>Електронна платформа за продажба на имоти</t>
   </si>
   <si>
     <t>4.2 Преминали приемателни тестове</t>
   </si>
   <si>
@@ -250,54 +250,51 @@
   <si>
     <t>СЕУ</t>
   </si>
   <si>
     <t>Държавна агенция за метрологичен и технически надзор - ДАМТН</t>
   </si>
   <si>
     <t>Web базирана информационна система, включваща създаване, поддържане и развитие на информационни бази данни за нуждите на ДАМТН</t>
   </si>
   <si>
     <t>Държавна агенция Технически операции</t>
   </si>
   <si>
     <t>Складово стопанство и електронно досие на автомобила</t>
   </si>
   <si>
     <t>Държавна комисия по стоковите борси и тържищата</t>
   </si>
   <si>
     <t>Софтуерен продукт за обработка и анализ на ценова информация</t>
   </si>
   <si>
     <t>Изпълнителна агенция Автомобилна администрация</t>
   </si>
   <si>
-    <t>Поддръжка на система АНД (Административнонаказателна дейност)</t>
-[...2 lines deleted...]
-    <t>Поддръжка на система за осъществяване на контрол на пътя и в предприятията (контролна дейност)</t>
+    <t>ЕИС - Единна информационна система за предоставяне на услуги от ИИ АА</t>
   </si>
   <si>
     <t>Изпълнителна агенция - Главна инспекция по труда</t>
   </si>
   <si>
     <t>Информационна система (ИС) на ИА ГИ</t>
   </si>
   <si>
     <t>Изпълнителна агенция Инфраструктура на електронното управление</t>
   </si>
   <si>
     <t>Система за управление на електронни форми</t>
   </si>
   <si>
     <t>Регистър на информационните ресурси</t>
   </si>
   <si>
     <t>Система за електронни плащания</t>
   </si>
   <si>
     <t>Изпълнителна агенция по горите</t>
   </si>
   <si>
     <t>Вътрешна информационна система на ИАГ</t>
   </si>
@@ -750,51 +747,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E331"/>
+  <dimension ref="A1:E329"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="34" customWidth="1"/>
     <col min="4" max="4" width="8" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
@@ -2028,51 +2025,51 @@
       </c>
       <c r="B74" t="s">
         <v>58</v>
       </c>
       <c r="C74" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="2">
         <v>0</v>
       </c>
       <c r="E74" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>57</v>
       </c>
       <c r="B75" t="s">
         <v>58</v>
       </c>
       <c r="C75" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="2">
-        <v>0</v>
+        <v>0.5</v>
       </c>
       <c r="E75" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>57</v>
       </c>
       <c r="B76" t="s">
         <v>59</v>
       </c>
       <c r="C76" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="2">
         <v>0.5</v>
       </c>
       <c r="E76" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>57</v>
@@ -2444,4021 +2441,3987 @@
         <v>1</v>
       </c>
       <c r="E98" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>77</v>
       </c>
       <c r="B99" t="s">
         <v>78</v>
       </c>
       <c r="C99" t="s">
         <v>16</v>
       </c>
       <c r="D99" s="2">
         <v>1</v>
       </c>
       <c r="E99" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B100" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C100" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="2">
         <v>1</v>
       </c>
       <c r="E100" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B101" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C101" t="s">
         <v>9</v>
       </c>
       <c r="D101" s="2">
         <v>1</v>
       </c>
       <c r="E101" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="B102" t="s">
         <v>81</v>
       </c>
-      <c r="C102" t="s">
-[...30 lines deleted...]
-      <c r="B104" t="inlineStr">
+      <c r="B102" t="inlineStr">
         <is>
           <t>Информационна система за извършване на предварителен, текущ и последващ контрол по целесъобразност в областта на електронното управление и използването на информационните и комуникационните технологии, Регистър на проектите</t>
         </is>
       </c>
-      <c r="C104" t="s">
-[...13 lines deleted...]
-      <c r="B105" t="inlineStr">
+      <c r="C102" t="s">
+        <v>14</v>
+      </c>
+      <c r="D102" s="2">
+        <v>1</v>
+      </c>
+      <c r="E102" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>81</v>
+      </c>
+      <c r="B103" t="inlineStr">
         <is>
           <t>Информационна система за извършване на предварителен, текущ и последващ контрол по целесъобразност в областта на електронното управление и използването на информационните и комуникационните технологии, Регистър на проектите</t>
         </is>
       </c>
+      <c r="C103" t="s">
+        <v>16</v>
+      </c>
+      <c r="D103" s="2">
+        <v>1</v>
+      </c>
+      <c r="E103" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>81</v>
+      </c>
+      <c r="B104" t="s">
+        <v>82</v>
+      </c>
+      <c r="C104" t="s">
+        <v>14</v>
+      </c>
+      <c r="D104" s="2">
+        <v>1</v>
+      </c>
+      <c r="E104" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>81</v>
+      </c>
+      <c r="B105" t="s">
+        <v>82</v>
+      </c>
       <c r="C105" t="s">
         <v>16</v>
       </c>
       <c r="D105" s="2">
         <v>1</v>
       </c>
       <c r="E105" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B106" t="s">
         <v>83</v>
       </c>
       <c r="C106" t="s">
         <v>14</v>
       </c>
       <c r="D106" s="2">
         <v>1</v>
       </c>
       <c r="E106" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B107" t="s">
         <v>83</v>
       </c>
       <c r="C107" t="s">
         <v>16</v>
       </c>
       <c r="D107" s="2">
         <v>1</v>
       </c>
       <c r="E107" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B108" t="s">
         <v>84</v>
       </c>
       <c r="C108" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D108" s="2">
         <v>1</v>
       </c>
       <c r="E108" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B109" t="s">
         <v>84</v>
       </c>
       <c r="C109" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D109" s="2">
         <v>1</v>
       </c>
       <c r="E109" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B110" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C110" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D110" s="2">
         <v>1</v>
       </c>
       <c r="E110" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B111" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C111" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D111" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E111" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B112" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C112" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D112" s="2">
         <v>1</v>
       </c>
       <c r="E112" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B113" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C113" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D113" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E113" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B114" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C114" t="s">
         <v>7</v>
       </c>
       <c r="D114" s="2">
         <v>1</v>
       </c>
       <c r="E114" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B115" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C115" t="s">
         <v>9</v>
       </c>
       <c r="D115" s="2">
         <v>1</v>
       </c>
       <c r="E115" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B116" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C116" t="s">
         <v>7</v>
       </c>
       <c r="D116" s="2">
         <v>1</v>
       </c>
       <c r="E116" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B117" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C117" t="s">
         <v>9</v>
       </c>
       <c r="D117" s="2">
         <v>1</v>
       </c>
       <c r="E117" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B118" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C118" t="s">
         <v>7</v>
       </c>
       <c r="D118" s="2">
         <v>1</v>
       </c>
       <c r="E118" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B119" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C119" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="2">
         <v>1</v>
       </c>
       <c r="E119" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B120" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C120" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D120" s="2">
         <v>1</v>
       </c>
       <c r="E120" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B121" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C121" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D121" s="2">
         <v>1</v>
       </c>
       <c r="E121" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B122" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C122" t="s">
         <v>14</v>
       </c>
       <c r="D122" s="2">
         <v>1</v>
       </c>
       <c r="E122" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B123" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C123" t="s">
         <v>16</v>
       </c>
       <c r="D123" s="2">
         <v>1</v>
       </c>
       <c r="E123" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B124" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C124" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D124" s="2">
         <v>1</v>
       </c>
       <c r="E124" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B125" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C125" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D125" s="2">
         <v>1</v>
       </c>
       <c r="E125" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B126" t="s">
         <v>101</v>
       </c>
       <c r="C126" t="s">
         <v>7</v>
       </c>
       <c r="D126" s="2">
         <v>1</v>
       </c>
       <c r="E126" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>100</v>
-[...35 lines deleted...]
-      <c r="B129" t="inlineStr">
+        <v>99</v>
+      </c>
+      <c r="B127" t="inlineStr">
         <is>
           <t>Информационна  система, обезпечаваща  дейностите по  регистрация на  приемно-предавателните  станции на наземни  мрежи, позволяващи  предоставянето на  електронни  съобщителни услуги,  извършените дейности  по чл. 151, ал. 1, т. 16 от  ЗУТ, както и на точки за  безжичен достъп с  малък обхват</t>
         </is>
       </c>
-      <c r="C129" t="s">
-[...13 lines deleted...]
-      <c r="B130" t="inlineStr">
+      <c r="C127" t="s">
+        <v>9</v>
+      </c>
+      <c r="D127" s="2">
+        <v>1</v>
+      </c>
+      <c r="E127" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>99</v>
+      </c>
+      <c r="B128" t="inlineStr">
         <is>
           <t>Информационна  система, обезпечаваща  дейностите по  регистрация на  приемно-предавателните  станции на наземни  мрежи, позволяващи  предоставянето на  електронни  съобщителни услуги,  извършените дейности  по чл. 151, ал. 1, т. 16 от  ЗУТ, както и на точки за  безжичен достъп с  малък обхват</t>
         </is>
       </c>
+      <c r="C128" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="2">
+        <v>1</v>
+      </c>
+      <c r="E128" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>99</v>
+      </c>
+      <c r="B129" t="s">
+        <v>102</v>
+      </c>
+      <c r="C129" t="s">
+        <v>7</v>
+      </c>
+      <c r="D129" s="2">
+        <v>1</v>
+      </c>
+      <c r="E129" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>99</v>
+      </c>
+      <c r="B130" t="s">
+        <v>102</v>
+      </c>
       <c r="C130" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D130" s="2">
         <v>1</v>
       </c>
       <c r="E130" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>100</v>
-[...35 lines deleted...]
-      <c r="B133" t="inlineStr">
+        <v>99</v>
+      </c>
+      <c r="B131" t="inlineStr">
         <is>
           <t>Информационната система на КРС за on-line попълване и приемане на въпросници за отчет на дейността на предприятията, предоставящи обществени електронни съобщителни мрежи и/или услуги и на операторите на пощенски услуги (в рамките на договор за извънгаранционна поддръжка)</t>
         </is>
       </c>
-      <c r="C133" t="s">
-[...13 lines deleted...]
-      <c r="B134" t="inlineStr">
+      <c r="C131" t="s">
+        <v>14</v>
+      </c>
+      <c r="D131" s="2">
+        <v>1</v>
+      </c>
+      <c r="E131" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>99</v>
+      </c>
+      <c r="B132" t="inlineStr">
         <is>
           <t>Информационната система на КРС за on-line попълване и приемане на въпросници за отчет на дейността на предприятията, предоставящи обществени електронни съобщителни мрежи и/или услуги и на операторите на пощенски услуги (в рамките на договор за извънгаранционна поддръжка)</t>
         </is>
       </c>
+      <c r="C132" t="s">
+        <v>16</v>
+      </c>
+      <c r="D132" s="2">
+        <v>1</v>
+      </c>
+      <c r="E132" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>99</v>
+      </c>
+      <c r="B133" t="s">
+        <v>101</v>
+      </c>
+      <c r="C133" t="s">
+        <v>9</v>
+      </c>
+      <c r="D133" s="2">
+        <v>1</v>
+      </c>
+      <c r="E133" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>103</v>
+      </c>
+      <c r="B134" t="s">
+        <v>104</v>
+      </c>
       <c r="C134" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D134" s="2">
         <v>1</v>
       </c>
       <c r="E134" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B135" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C135" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="2">
         <v>1</v>
       </c>
       <c r="E135" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B136" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C136" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D136" s="2">
         <v>1</v>
       </c>
       <c r="E136" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B137" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C137" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D137" s="2">
         <v>1</v>
       </c>
       <c r="E137" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B138" t="s">
         <v>107</v>
       </c>
       <c r="C138" t="s">
         <v>14</v>
       </c>
       <c r="D138" s="2">
         <v>1</v>
       </c>
       <c r="E138" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B139" t="s">
         <v>107</v>
       </c>
       <c r="C139" t="s">
         <v>16</v>
       </c>
       <c r="D139" s="2">
         <v>1</v>
       </c>
       <c r="E139" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B140" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C140" t="s">
         <v>14</v>
       </c>
       <c r="D140" s="2">
         <v>1</v>
       </c>
       <c r="E140" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B141" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C141" t="s">
         <v>16</v>
       </c>
       <c r="D141" s="2">
         <v>1</v>
       </c>
       <c r="E141" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B142" t="s">
         <v>110</v>
       </c>
       <c r="C142" t="s">
         <v>14</v>
       </c>
       <c r="D142" s="2">
         <v>1</v>
       </c>
       <c r="E142" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B143" t="s">
         <v>110</v>
       </c>
       <c r="C143" t="s">
         <v>16</v>
       </c>
       <c r="D143" s="2">
         <v>1</v>
       </c>
       <c r="E143" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B144" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C144" t="s">
         <v>14</v>
       </c>
       <c r="D144" s="2">
         <v>1</v>
       </c>
       <c r="E144" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B145" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C145" t="s">
         <v>16</v>
       </c>
       <c r="D145" s="2">
         <v>1</v>
       </c>
       <c r="E145" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="B146" t="s">
         <v>113</v>
       </c>
-      <c r="C146" t="s">
-[...30 lines deleted...]
-      <c r="B148" t="inlineStr">
+      <c r="B146" t="inlineStr">
         <is>
           <t>Регистър 18 - Информационна система за Електронно издаване на лицензии и разпределение на тарифни квоти за внос на земеделски продукти от трети страни, част от Информационната система ЕРСА на МЗХ</t>
         </is>
       </c>
-      <c r="C148" t="s">
-[...13 lines deleted...]
-      <c r="B149" t="inlineStr">
+      <c r="C146" t="s">
+        <v>14</v>
+      </c>
+      <c r="D146" s="2">
+        <v>1</v>
+      </c>
+      <c r="E146" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>113</v>
+      </c>
+      <c r="B147" t="inlineStr">
         <is>
           <t>Регистър 18 - Информационна система за Електронно издаване на лицензии и разпределение на тарифни квоти за внос на земеделски продукти от трети страни, част от Информационната система ЕРСА на МЗХ</t>
         </is>
       </c>
+      <c r="C147" t="s">
+        <v>16</v>
+      </c>
+      <c r="D147" s="2">
+        <v>1</v>
+      </c>
+      <c r="E147" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>113</v>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>Регистър № 1 Информационна система (база данни) за отчитане на търговията на Република България, част от Информационната система за електронни регистри на специализираната администрация в МЗХ (ИС ЕРСА)</t>
+        </is>
+      </c>
+      <c r="C148" t="s">
+        <v>16</v>
+      </c>
+      <c r="D148" s="2">
+        <v>1</v>
+      </c>
+      <c r="E148" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>113</v>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>Регистър № 1 Информационна система (база данни) за отчитане на търговията на Република България, част от Информационната система за електронни регистри на специализираната администрация в МЗХ (ИС ЕРСА)</t>
+        </is>
+      </c>
       <c r="C149" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D149" s="2">
         <v>1</v>
       </c>
       <c r="E149" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>114</v>
       </c>
-      <c r="B150" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B150" t="s">
+        <v>115</v>
       </c>
       <c r="C150" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D150" s="2">
         <v>1</v>
       </c>
       <c r="E150" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>114</v>
       </c>
-      <c r="B151" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B151" t="s">
+        <v>115</v>
       </c>
       <c r="C151" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D151" s="2">
         <v>1</v>
       </c>
       <c r="E151" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B152" t="s">
         <v>116</v>
       </c>
       <c r="C152" t="s">
         <v>14</v>
       </c>
       <c r="D152" s="2">
         <v>1</v>
       </c>
       <c r="E152" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B153" t="s">
         <v>116</v>
       </c>
       <c r="C153" t="s">
         <v>16</v>
       </c>
       <c r="D153" s="2">
         <v>1</v>
       </c>
       <c r="E153" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B154" t="s">
         <v>117</v>
       </c>
       <c r="C154" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D154" s="2">
         <v>1</v>
       </c>
       <c r="E154" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B155" t="s">
         <v>117</v>
       </c>
       <c r="C155" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D155" s="2">
         <v>1</v>
       </c>
       <c r="E155" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B156" t="s">
         <v>118</v>
       </c>
       <c r="C156" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D156" s="2">
         <v>1</v>
       </c>
       <c r="E156" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B157" t="s">
         <v>118</v>
       </c>
       <c r="C157" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D157" s="2">
         <v>1</v>
       </c>
       <c r="E157" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B158" t="s">
         <v>119</v>
       </c>
       <c r="C158" t="s">
         <v>14</v>
       </c>
       <c r="D158" s="2">
         <v>1</v>
       </c>
       <c r="E158" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B159" t="s">
         <v>119</v>
       </c>
       <c r="C159" t="s">
         <v>16</v>
       </c>
       <c r="D159" s="2">
         <v>1</v>
       </c>
       <c r="E159" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B160" t="s">
         <v>120</v>
       </c>
       <c r="C160" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D160" s="2">
         <v>1</v>
       </c>
       <c r="E160" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B161" t="s">
         <v>120</v>
       </c>
       <c r="C161" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D161" s="2">
         <v>1</v>
       </c>
       <c r="E161" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B162" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C162" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D162" s="2">
         <v>1</v>
       </c>
       <c r="E162" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B163" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C163" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D163" s="2">
         <v>1</v>
       </c>
       <c r="E163" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B164" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C164" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D164" s="2">
         <v>1</v>
       </c>
       <c r="E164" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B165" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C165" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D165" s="2">
         <v>1</v>
       </c>
       <c r="E165" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B166" t="s">
         <v>125</v>
       </c>
       <c r="C166" t="s">
         <v>7</v>
       </c>
       <c r="D166" s="2">
         <v>1</v>
       </c>
       <c r="E166" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B167" t="s">
         <v>125</v>
       </c>
       <c r="C167" t="s">
         <v>9</v>
       </c>
       <c r="D167" s="2">
         <v>1</v>
       </c>
       <c r="E167" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B168" t="s">
         <v>126</v>
       </c>
       <c r="C168" t="s">
         <v>7</v>
       </c>
       <c r="D168" s="2">
         <v>1</v>
       </c>
       <c r="E168" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B169" t="s">
         <v>126</v>
       </c>
       <c r="C169" t="s">
         <v>9</v>
       </c>
       <c r="D169" s="2">
         <v>1</v>
       </c>
       <c r="E169" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B170" t="s">
         <v>127</v>
       </c>
       <c r="C170" t="s">
         <v>7</v>
       </c>
       <c r="D170" s="2">
         <v>1</v>
       </c>
       <c r="E170" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B171" t="s">
         <v>127</v>
       </c>
       <c r="C171" t="s">
         <v>9</v>
       </c>
       <c r="D171" s="2">
         <v>1</v>
       </c>
       <c r="E171" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B172" t="s">
         <v>128</v>
       </c>
       <c r="C172" t="s">
         <v>7</v>
       </c>
       <c r="D172" s="2">
         <v>1</v>
       </c>
       <c r="E172" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B173" t="s">
         <v>128</v>
       </c>
       <c r="C173" t="s">
         <v>9</v>
       </c>
       <c r="D173" s="2">
         <v>1</v>
       </c>
       <c r="E173" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B174" t="s">
         <v>129</v>
       </c>
       <c r="C174" t="s">
         <v>7</v>
       </c>
       <c r="D174" s="2">
         <v>1</v>
       </c>
       <c r="E174" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B175" t="s">
         <v>129</v>
       </c>
       <c r="C175" t="s">
         <v>9</v>
       </c>
       <c r="D175" s="2">
         <v>1</v>
       </c>
       <c r="E175" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B176" t="s">
         <v>130</v>
       </c>
       <c r="C176" t="s">
         <v>7</v>
       </c>
       <c r="D176" s="2">
         <v>1</v>
       </c>
       <c r="E176" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B177" t="s">
         <v>130</v>
       </c>
       <c r="C177" t="s">
         <v>9</v>
       </c>
       <c r="D177" s="2">
         <v>1</v>
       </c>
       <c r="E177" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B178" t="s">
         <v>131</v>
       </c>
       <c r="C178" t="s">
         <v>7</v>
       </c>
       <c r="D178" s="2">
         <v>1</v>
       </c>
       <c r="E178" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B179" t="s">
         <v>131</v>
       </c>
       <c r="C179" t="s">
         <v>9</v>
       </c>
       <c r="D179" s="2">
         <v>1</v>
       </c>
       <c r="E179" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B180" t="s">
         <v>132</v>
       </c>
       <c r="C180" t="s">
         <v>7</v>
       </c>
       <c r="D180" s="2">
         <v>1</v>
       </c>
       <c r="E180" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B181" t="s">
         <v>132</v>
       </c>
       <c r="C181" t="s">
         <v>9</v>
       </c>
       <c r="D181" s="2">
         <v>1</v>
       </c>
       <c r="E181" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B182" t="s">
         <v>133</v>
       </c>
       <c r="C182" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D182" s="2">
         <v>1</v>
       </c>
       <c r="E182" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B183" t="s">
         <v>133</v>
       </c>
       <c r="C183" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D183" s="2">
         <v>1</v>
       </c>
       <c r="E183" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B184" t="s">
         <v>134</v>
       </c>
       <c r="C184" t="s">
         <v>14</v>
       </c>
       <c r="D184" s="2">
         <v>1</v>
       </c>
       <c r="E184" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B185" t="s">
         <v>134</v>
       </c>
       <c r="C185" t="s">
         <v>16</v>
       </c>
       <c r="D185" s="2">
         <v>1</v>
       </c>
       <c r="E185" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B186" t="s">
         <v>135</v>
       </c>
       <c r="C186" t="s">
         <v>14</v>
       </c>
       <c r="D186" s="2">
         <v>1</v>
       </c>
       <c r="E186" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B187" t="s">
         <v>135</v>
       </c>
       <c r="C187" t="s">
         <v>16</v>
       </c>
       <c r="D187" s="2">
         <v>1</v>
       </c>
       <c r="E187" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B188" t="s">
         <v>136</v>
       </c>
       <c r="C188" t="s">
         <v>14</v>
       </c>
       <c r="D188" s="2">
         <v>1</v>
       </c>
       <c r="E188" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B189" t="s">
         <v>136</v>
       </c>
       <c r="C189" t="s">
         <v>16</v>
       </c>
       <c r="D189" s="2">
         <v>1</v>
       </c>
       <c r="E189" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="B190" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C190" t="s">
         <v>14</v>
       </c>
       <c r="D190" s="2">
         <v>1</v>
       </c>
       <c r="E190" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="B191" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C191" t="s">
         <v>16</v>
       </c>
       <c r="D191" s="2">
         <v>1</v>
       </c>
       <c r="E191" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B192" t="s">
         <v>139</v>
       </c>
       <c r="C192" t="s">
         <v>14</v>
       </c>
       <c r="D192" s="2">
         <v>1</v>
       </c>
       <c r="E192" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B193" t="s">
         <v>139</v>
       </c>
       <c r="C193" t="s">
         <v>16</v>
       </c>
       <c r="D193" s="2">
         <v>1</v>
       </c>
       <c r="E193" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B194" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C194" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D194" s="2">
         <v>1</v>
       </c>
       <c r="E194" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B195" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C195" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D195" s="2">
         <v>1</v>
       </c>
       <c r="E195" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B196" t="s">
         <v>142</v>
       </c>
       <c r="C196" t="s">
         <v>7</v>
       </c>
       <c r="D196" s="2">
         <v>1</v>
       </c>
       <c r="E196" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B197" t="s">
         <v>142</v>
       </c>
       <c r="C197" t="s">
         <v>9</v>
       </c>
       <c r="D197" s="2">
         <v>1</v>
       </c>
       <c r="E197" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B198" t="s">
         <v>143</v>
       </c>
       <c r="C198" t="s">
         <v>7</v>
       </c>
       <c r="D198" s="2">
         <v>1</v>
       </c>
       <c r="E198" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B199" t="s">
         <v>143</v>
       </c>
       <c r="C199" t="s">
         <v>9</v>
       </c>
       <c r="D199" s="2">
         <v>1</v>
       </c>
       <c r="E199" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B200" t="s">
         <v>144</v>
       </c>
       <c r="C200" t="s">
         <v>7</v>
       </c>
       <c r="D200" s="2">
         <v>1</v>
       </c>
       <c r="E200" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B201" t="s">
         <v>144</v>
       </c>
       <c r="C201" t="s">
         <v>9</v>
       </c>
       <c r="D201" s="2">
         <v>1</v>
       </c>
       <c r="E201" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B202" t="s">
         <v>145</v>
       </c>
       <c r="C202" t="s">
         <v>7</v>
       </c>
       <c r="D202" s="2">
         <v>1</v>
       </c>
       <c r="E202" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B203" t="s">
         <v>145</v>
       </c>
       <c r="C203" t="s">
         <v>9</v>
       </c>
       <c r="D203" s="2">
         <v>1</v>
       </c>
       <c r="E203" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B204" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C204" t="s">
         <v>7</v>
       </c>
       <c r="D204" s="2">
         <v>1</v>
       </c>
       <c r="E204" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B205" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C205" t="s">
         <v>9</v>
       </c>
       <c r="D205" s="2">
         <v>1</v>
       </c>
       <c r="E205" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B206" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C206" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D206" s="2">
         <v>1</v>
       </c>
       <c r="E206" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B207" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C207" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D207" s="2">
         <v>1</v>
       </c>
       <c r="E207" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B208" t="s">
         <v>150</v>
       </c>
       <c r="C208" t="s">
         <v>14</v>
       </c>
       <c r="D208" s="2">
         <v>1</v>
       </c>
       <c r="E208" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B209" t="s">
         <v>150</v>
       </c>
       <c r="C209" t="s">
         <v>16</v>
       </c>
       <c r="D209" s="2">
         <v>1</v>
       </c>
       <c r="E209" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B210" t="s">
         <v>151</v>
       </c>
       <c r="C210" t="s">
         <v>14</v>
       </c>
       <c r="D210" s="2">
         <v>1</v>
       </c>
       <c r="E210" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B211" t="s">
         <v>151</v>
       </c>
       <c r="C211" t="s">
         <v>16</v>
       </c>
       <c r="D211" s="2">
         <v>1</v>
       </c>
       <c r="E211" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B212" t="s">
         <v>152</v>
       </c>
       <c r="C212" t="s">
         <v>14</v>
       </c>
       <c r="D212" s="2">
         <v>1</v>
       </c>
       <c r="E212" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B213" t="s">
         <v>152</v>
       </c>
       <c r="C213" t="s">
         <v>16</v>
       </c>
       <c r="D213" s="2">
         <v>1</v>
       </c>
       <c r="E213" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B214" t="s">
         <v>153</v>
       </c>
       <c r="C214" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D214" s="2">
         <v>1</v>
       </c>
       <c r="E214" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B215" t="s">
         <v>153</v>
       </c>
       <c r="C215" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D215" s="2">
         <v>1</v>
       </c>
       <c r="E215" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B216" t="s">
         <v>154</v>
       </c>
       <c r="C216" t="s">
         <v>7</v>
       </c>
       <c r="D216" s="2">
         <v>1</v>
       </c>
       <c r="E216" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B217" t="s">
         <v>154</v>
       </c>
       <c r="C217" t="s">
         <v>9</v>
       </c>
       <c r="D217" s="2">
         <v>1</v>
       </c>
       <c r="E217" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B218" t="s">
         <v>155</v>
       </c>
       <c r="C218" t="s">
         <v>7</v>
       </c>
       <c r="D218" s="2">
         <v>1</v>
       </c>
       <c r="E218" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B219" t="s">
         <v>155</v>
       </c>
       <c r="C219" t="s">
         <v>9</v>
       </c>
       <c r="D219" s="2">
         <v>1</v>
       </c>
       <c r="E219" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B220" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C220" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D220" s="2">
         <v>1</v>
       </c>
       <c r="E220" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B221" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C221" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D221" s="2">
         <v>1</v>
       </c>
       <c r="E221" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B222" t="s">
         <v>158</v>
       </c>
       <c r="C222" t="s">
         <v>14</v>
       </c>
       <c r="D222" s="2">
         <v>1</v>
       </c>
       <c r="E222" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B223" t="s">
         <v>158</v>
       </c>
       <c r="C223" t="s">
         <v>16</v>
       </c>
       <c r="D223" s="2">
         <v>1</v>
       </c>
       <c r="E223" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B224" t="s">
         <v>159</v>
       </c>
       <c r="C224" t="s">
         <v>14</v>
       </c>
       <c r="D224" s="2">
         <v>1</v>
       </c>
       <c r="E224" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B225" t="s">
         <v>159</v>
       </c>
       <c r="C225" t="s">
         <v>16</v>
       </c>
       <c r="D225" s="2">
         <v>1</v>
       </c>
       <c r="E225" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B226" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C226" t="s">
         <v>14</v>
       </c>
       <c r="D226" s="2">
         <v>1</v>
       </c>
       <c r="E226" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B227" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C227" t="s">
         <v>16</v>
       </c>
       <c r="D227" s="2">
         <v>1</v>
       </c>
       <c r="E227" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B228" t="s">
         <v>162</v>
       </c>
       <c r="C228" t="s">
         <v>14</v>
       </c>
       <c r="D228" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E228" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B229" t="s">
         <v>162</v>
       </c>
       <c r="C229" t="s">
         <v>16</v>
       </c>
       <c r="D229" s="2">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="E229" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B230" t="s">
         <v>163</v>
       </c>
       <c r="C230" t="s">
         <v>14</v>
       </c>
       <c r="D230" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E230" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B231" t="s">
         <v>163</v>
       </c>
       <c r="C231" t="s">
         <v>16</v>
       </c>
       <c r="D231" s="2">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="E231" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B232" t="s">
         <v>164</v>
       </c>
       <c r="C232" t="s">
         <v>14</v>
       </c>
       <c r="D232" s="2">
         <v>1</v>
       </c>
       <c r="E232" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B233" t="s">
         <v>164</v>
       </c>
       <c r="C233" t="s">
         <v>16</v>
       </c>
       <c r="D233" s="2">
         <v>1</v>
       </c>
       <c r="E233" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B234" t="s">
         <v>165</v>
       </c>
       <c r="C234" t="s">
         <v>14</v>
       </c>
       <c r="D234" s="2">
         <v>1</v>
       </c>
       <c r="E234" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B235" t="s">
         <v>165</v>
       </c>
       <c r="C235" t="s">
         <v>16</v>
       </c>
       <c r="D235" s="2">
         <v>1</v>
       </c>
       <c r="E235" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B236" t="s">
         <v>166</v>
       </c>
       <c r="C236" t="s">
         <v>14</v>
       </c>
       <c r="D236" s="2">
         <v>1</v>
       </c>
       <c r="E236" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B237" t="s">
         <v>166</v>
       </c>
       <c r="C237" t="s">
         <v>16</v>
       </c>
       <c r="D237" s="2">
         <v>1</v>
       </c>
       <c r="E237" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B238" t="s">
         <v>167</v>
       </c>
       <c r="C238" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D238" s="2">
         <v>1</v>
       </c>
       <c r="E238" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B239" t="s">
         <v>167</v>
       </c>
       <c r="C239" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D239" s="2">
         <v>1</v>
       </c>
       <c r="E239" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B240" t="s">
         <v>168</v>
       </c>
       <c r="C240" t="s">
         <v>7</v>
       </c>
       <c r="D240" s="2">
         <v>1</v>
       </c>
       <c r="E240" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B241" t="s">
         <v>168</v>
       </c>
       <c r="C241" t="s">
         <v>9</v>
       </c>
       <c r="D241" s="2">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="E241" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B242" t="s">
         <v>169</v>
       </c>
       <c r="C242" t="s">
         <v>7</v>
       </c>
       <c r="D242" s="2">
         <v>1</v>
       </c>
       <c r="E242" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B243" t="s">
         <v>169</v>
       </c>
       <c r="C243" t="s">
         <v>9</v>
       </c>
       <c r="D243" s="2">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="E243" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B244" t="s">
         <v>170</v>
       </c>
       <c r="C244" t="s">
         <v>7</v>
       </c>
       <c r="D244" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E244" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B245" t="s">
         <v>170</v>
       </c>
       <c r="C245" t="s">
         <v>9</v>
       </c>
       <c r="D245" s="2">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="E245" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B246" t="s">
         <v>171</v>
       </c>
       <c r="C246" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D246" s="2">
         <v>1</v>
       </c>
       <c r="E246" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B247" t="s">
         <v>171</v>
       </c>
       <c r="C247" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D247" s="2">
         <v>1</v>
       </c>
       <c r="E247" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="B248" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C248" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D248" s="2">
         <v>1</v>
       </c>
       <c r="E248" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="B249" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C249" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D249" s="2">
         <v>1</v>
       </c>
       <c r="E249" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B250" t="s">
         <v>174</v>
       </c>
       <c r="C250" t="s">
         <v>7</v>
       </c>
       <c r="D250" s="2">
         <v>1</v>
       </c>
       <c r="E250" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B251" t="s">
         <v>174</v>
       </c>
       <c r="C251" t="s">
         <v>9</v>
       </c>
       <c r="D251" s="2">
         <v>1</v>
       </c>
       <c r="E251" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B252" t="s">
         <v>175</v>
       </c>
       <c r="C252" t="s">
         <v>7</v>
       </c>
       <c r="D252" s="2">
         <v>1</v>
       </c>
       <c r="E252" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B253" t="s">
         <v>175</v>
       </c>
       <c r="C253" t="s">
         <v>9</v>
       </c>
       <c r="D253" s="2">
         <v>1</v>
       </c>
       <c r="E253" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B254" t="s">
         <v>176</v>
       </c>
       <c r="C254" t="s">
         <v>7</v>
       </c>
       <c r="D254" s="2">
         <v>1</v>
       </c>
       <c r="E254" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B255" t="s">
         <v>176</v>
       </c>
       <c r="C255" t="s">
         <v>9</v>
       </c>
       <c r="D255" s="2">
         <v>1</v>
       </c>
       <c r="E255" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B256" t="s">
         <v>177</v>
       </c>
       <c r="C256" t="s">
         <v>7</v>
       </c>
       <c r="D256" s="2">
         <v>1</v>
       </c>
       <c r="E256" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B257" t="s">
         <v>177</v>
       </c>
       <c r="C257" t="s">
         <v>9</v>
       </c>
       <c r="D257" s="2">
         <v>1</v>
       </c>
       <c r="E257" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B258" t="s">
         <v>178</v>
       </c>
       <c r="C258" t="s">
         <v>7</v>
       </c>
       <c r="D258" s="2">
         <v>1</v>
       </c>
       <c r="E258" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B259" t="s">
         <v>178</v>
       </c>
       <c r="C259" t="s">
         <v>9</v>
       </c>
       <c r="D259" s="2">
         <v>1</v>
       </c>
       <c r="E259" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>173</v>
-[...35 lines deleted...]
-      <c r="B262" t="inlineStr">
+        <v>172</v>
+      </c>
+      <c r="B260" t="inlineStr">
         <is>
           <t>Надграждане на ИИС с модул за автоматизиране на процеса по чл.58, ал.1 от Наредба №2 от 27.03.2019г. за медицинските и други услуги по чл.82, ал. 1а и 3 от Закона за здравето</t>
         </is>
       </c>
-      <c r="C262" t="s">
-[...13 lines deleted...]
-      <c r="B263" t="inlineStr">
+      <c r="C260" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="2">
+        <v>1</v>
+      </c>
+      <c r="E260" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>172</v>
+      </c>
+      <c r="B261" t="inlineStr">
         <is>
           <t>Надграждане на ИИС с модул за автоматизиране на процеса по чл.58, ал.1 от Наредба №2 от 27.03.2019г. за медицинските и други услуги по чл.82, ал. 1а и 3 от Закона за здравето</t>
         </is>
       </c>
+      <c r="C261" t="s">
+        <v>9</v>
+      </c>
+      <c r="D261" s="2">
+        <v>1</v>
+      </c>
+      <c r="E261" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>172</v>
+      </c>
+      <c r="B262" t="s">
+        <v>179</v>
+      </c>
+      <c r="C262" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="2">
+        <v>1</v>
+      </c>
+      <c r="E262" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>172</v>
+      </c>
+      <c r="B263" t="s">
+        <v>179</v>
+      </c>
       <c r="C263" t="s">
         <v>9</v>
       </c>
       <c r="D263" s="2">
         <v>1</v>
       </c>
       <c r="E263" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B264" t="s">
         <v>180</v>
       </c>
       <c r="C264" t="s">
         <v>7</v>
       </c>
       <c r="D264" s="2">
         <v>1</v>
       </c>
       <c r="E264" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B265" t="s">
         <v>180</v>
       </c>
       <c r="C265" t="s">
         <v>9</v>
       </c>
       <c r="D265" s="2">
         <v>1</v>
       </c>
       <c r="E265" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="B266" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C266" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D266" s="2">
         <v>1</v>
       </c>
       <c r="E266" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="B267" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C267" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D267" s="2">
         <v>1</v>
       </c>
       <c r="E267" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B268" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C268" t="s">
         <v>14</v>
       </c>
       <c r="D268" s="2">
         <v>1</v>
       </c>
       <c r="E268" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B269" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C269" t="s">
         <v>16</v>
       </c>
       <c r="D269" s="2">
         <v>1</v>
       </c>
       <c r="E269" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B270" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C270" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D270" s="2">
         <v>1</v>
       </c>
       <c r="E270" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B271" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C271" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D271" s="2">
         <v>1</v>
       </c>
       <c r="E271" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B272" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C272" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D272" s="2">
         <v>1</v>
       </c>
       <c r="E272" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B273" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C273" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D273" s="2">
         <v>1</v>
       </c>
       <c r="E273" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B274" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C274" t="s">
         <v>14</v>
       </c>
       <c r="D274" s="2">
         <v>1</v>
       </c>
       <c r="E274" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B275" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C275" t="s">
         <v>16</v>
       </c>
       <c r="D275" s="2">
         <v>1</v>
       </c>
       <c r="E275" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B276" t="s">
         <v>191</v>
       </c>
       <c r="C276" t="s">
         <v>14</v>
       </c>
       <c r="D276" s="2">
         <v>1</v>
       </c>
       <c r="E276" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B277" t="s">
         <v>191</v>
       </c>
       <c r="C277" t="s">
         <v>16</v>
       </c>
       <c r="D277" s="2">
         <v>1</v>
       </c>
       <c r="E277" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B278" t="s">
         <v>192</v>
       </c>
       <c r="C278" t="s">
         <v>14</v>
       </c>
       <c r="D278" s="2">
         <v>1</v>
       </c>
       <c r="E278" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B279" t="s">
         <v>192</v>
       </c>
       <c r="C279" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="2">
         <v>1</v>
       </c>
       <c r="E279" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B280" t="s">
         <v>193</v>
       </c>
       <c r="C280" t="s">
         <v>14</v>
       </c>
       <c r="D280" s="2">
         <v>1</v>
       </c>
       <c r="E280" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B281" t="s">
         <v>193</v>
       </c>
       <c r="C281" t="s">
         <v>16</v>
       </c>
       <c r="D281" s="2">
         <v>1</v>
       </c>
       <c r="E281" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B282" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C282" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D282" s="2">
         <v>1</v>
       </c>
       <c r="E282" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B283" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C283" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D283" s="2">
         <v>1</v>
       </c>
       <c r="E283" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B284" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C284" t="s">
         <v>7</v>
       </c>
       <c r="D284" s="2">
         <v>1</v>
       </c>
       <c r="E284" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B285" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C285" t="s">
         <v>9</v>
       </c>
       <c r="D285" s="2">
         <v>1</v>
       </c>
       <c r="E285" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B286" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C286" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D286" s="2">
         <v>1</v>
       </c>
       <c r="E286" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B287" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C287" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D287" s="2">
         <v>1</v>
       </c>
       <c r="E287" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B288" t="s">
         <v>200</v>
       </c>
       <c r="C288" t="s">
         <v>14</v>
       </c>
       <c r="D288" s="2">
         <v>1</v>
       </c>
       <c r="E288" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B289" t="s">
         <v>200</v>
       </c>
       <c r="C289" t="s">
         <v>16</v>
       </c>
       <c r="D289" s="2">
         <v>1</v>
       </c>
       <c r="E289" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B290" t="s">
         <v>201</v>
       </c>
       <c r="C290" t="s">
         <v>14</v>
       </c>
       <c r="D290" s="2">
         <v>1</v>
       </c>
       <c r="E290" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B291" t="s">
         <v>201</v>
       </c>
       <c r="C291" t="s">
         <v>16</v>
       </c>
       <c r="D291" s="2">
         <v>1</v>
       </c>
       <c r="E291" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>199</v>
-[...35 lines deleted...]
-      <c r="B294" t="inlineStr">
+        <v>198</v>
+      </c>
+      <c r="B292" t="inlineStr">
         <is>
           <t>Система за управление  и мониторинг по проект  № BG16M1ОP002-5.003 -  0001 за подмяна на  отоплителни устройства  на твърдо гориво с  екологични алтернативи  (ИС ЕкоУРЕДИ)</t>
         </is>
       </c>
-      <c r="C294" t="s">
-[...13 lines deleted...]
-      <c r="B295" t="inlineStr">
+      <c r="C292" t="s">
+        <v>14</v>
+      </c>
+      <c r="D292" s="2">
+        <v>1</v>
+      </c>
+      <c r="E292" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="s">
+        <v>198</v>
+      </c>
+      <c r="B293" t="inlineStr">
         <is>
           <t>Система за управление  и мониторинг по проект  № BG16M1ОP002-5.003 -  0001 за подмяна на  отоплителни устройства  на твърдо гориво с  екологични алтернативи  (ИС ЕкоУРЕДИ)</t>
         </is>
       </c>
+      <c r="C293" t="s">
+        <v>16</v>
+      </c>
+      <c r="D293" s="2">
+        <v>1</v>
+      </c>
+      <c r="E293" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="s">
+        <v>198</v>
+      </c>
+      <c r="B294" t="s">
+        <v>202</v>
+      </c>
+      <c r="C294" t="s">
+        <v>14</v>
+      </c>
+      <c r="D294" s="2">
+        <v>1</v>
+      </c>
+      <c r="E294" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="s">
+        <v>198</v>
+      </c>
+      <c r="B295" t="s">
+        <v>202</v>
+      </c>
       <c r="C295" t="s">
         <v>16</v>
       </c>
       <c r="D295" s="2">
         <v>1</v>
       </c>
       <c r="E295" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B296" t="s">
         <v>203</v>
       </c>
       <c r="C296" t="s">
         <v>14</v>
       </c>
       <c r="D296" s="2">
         <v>1</v>
       </c>
       <c r="E296" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B297" t="s">
         <v>203</v>
       </c>
       <c r="C297" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="2">
         <v>1</v>
       </c>
       <c r="E297" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B298" t="s">
         <v>204</v>
       </c>
       <c r="C298" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D298" s="2">
         <v>1</v>
       </c>
       <c r="E298" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B299" t="s">
         <v>204</v>
       </c>
       <c r="C299" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D299" s="2">
         <v>1</v>
       </c>
       <c r="E299" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B300" t="s">
         <v>205</v>
       </c>
       <c r="C300" t="s">
         <v>7</v>
       </c>
       <c r="D300" s="2">
         <v>1</v>
       </c>
       <c r="E300" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B301" t="s">
         <v>205</v>
       </c>
       <c r="C301" t="s">
         <v>9</v>
       </c>
       <c r="D301" s="2">
         <v>1</v>
       </c>
       <c r="E301" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B302" t="s">
         <v>206</v>
       </c>
       <c r="C302" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D302" s="2">
         <v>1</v>
       </c>
       <c r="E302" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B303" t="s">
         <v>206</v>
       </c>
       <c r="C303" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D303" s="2">
         <v>1</v>
       </c>
       <c r="E303" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
-        <v>199</v>
-[...35 lines deleted...]
-      <c r="B306" t="inlineStr">
+        <v>198</v>
+      </c>
+      <c r="B304" t="inlineStr">
         <is>
           <t>Система за управление  на Етажна собственост,  разширена с  функционалност за  Програмата за  енергийна ефективност  на многофамилни  жилищни сгради за  Столична община (ИС  РЕГЕС)</t>
         </is>
       </c>
-      <c r="C306" t="s">
-[...13 lines deleted...]
-      <c r="B307" t="inlineStr">
+      <c r="C304" t="s">
+        <v>14</v>
+      </c>
+      <c r="D304" s="2">
+        <v>1</v>
+      </c>
+      <c r="E304" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="s">
+        <v>198</v>
+      </c>
+      <c r="B305" t="inlineStr">
         <is>
           <t>Система за управление  на Етажна собственост,  разширена с  функционалност за  Програмата за  енергийна ефективност  на многофамилни  жилищни сгради за  Столична община (ИС  РЕГЕС)</t>
         </is>
       </c>
+      <c r="C305" t="s">
+        <v>16</v>
+      </c>
+      <c r="D305" s="2">
+        <v>1</v>
+      </c>
+      <c r="E305" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="s">
+        <v>207</v>
+      </c>
+      <c r="B306" t="s">
+        <v>208</v>
+      </c>
+      <c r="C306" t="s">
+        <v>14</v>
+      </c>
+      <c r="D306" s="2">
+        <v>1</v>
+      </c>
+      <c r="E306" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="s">
+        <v>207</v>
+      </c>
+      <c r="B307" t="s">
+        <v>208</v>
+      </c>
       <c r="C307" t="s">
         <v>16</v>
       </c>
       <c r="D307" s="2">
         <v>1</v>
       </c>
       <c r="E307" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B308" t="s">
         <v>209</v>
       </c>
       <c r="C308" t="s">
         <v>14</v>
       </c>
       <c r="D308" s="2">
         <v>1</v>
       </c>
       <c r="E308" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B309" t="s">
         <v>209</v>
       </c>
       <c r="C309" t="s">
         <v>16</v>
       </c>
       <c r="D309" s="2">
         <v>1</v>
       </c>
       <c r="E309" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B310" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C310" t="s">
         <v>14</v>
       </c>
       <c r="D310" s="2">
         <v>1</v>
       </c>
       <c r="E310" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B311" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C311" t="s">
         <v>16</v>
       </c>
       <c r="D311" s="2">
         <v>1</v>
       </c>
       <c r="E311" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B312" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C312" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D312" s="2">
         <v>1</v>
       </c>
       <c r="E312" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B313" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C313" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D313" s="2">
         <v>1</v>
       </c>
       <c r="E313" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B314" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C314" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D314" s="2">
         <v>1</v>
       </c>
       <c r="E314" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B315" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C315" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D315" s="2">
         <v>1</v>
       </c>
       <c r="E315" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B316" t="s">
         <v>216</v>
       </c>
       <c r="C316" t="s">
         <v>14</v>
       </c>
       <c r="D316" s="2">
         <v>1</v>
       </c>
       <c r="E316" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B317" t="s">
         <v>216</v>
       </c>
       <c r="C317" t="s">
         <v>16</v>
       </c>
       <c r="D317" s="2">
         <v>1</v>
       </c>
       <c r="E317" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B318" t="s">
         <v>217</v>
       </c>
       <c r="C318" t="s">
         <v>14</v>
       </c>
       <c r="D318" s="2">
         <v>1</v>
       </c>
       <c r="E318" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B319" t="s">
         <v>217</v>
       </c>
       <c r="C319" t="s">
         <v>16</v>
       </c>
       <c r="D319" s="2">
         <v>1</v>
       </c>
       <c r="E319" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B320" t="s">
-        <v>218</v>
+        <v>159</v>
       </c>
       <c r="C320" t="s">
         <v>14</v>
       </c>
       <c r="D320" s="2">
         <v>1</v>
       </c>
       <c r="E320" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B321" t="s">
-        <v>218</v>
+        <v>159</v>
       </c>
       <c r="C321" t="s">
         <v>16</v>
       </c>
       <c r="D321" s="2">
         <v>1</v>
       </c>
       <c r="E321" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B322" t="s">
-        <v>160</v>
+        <v>218</v>
       </c>
       <c r="C322" t="s">
         <v>14</v>
       </c>
       <c r="D322" s="2">
         <v>1</v>
       </c>
       <c r="E322" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B323" t="s">
-        <v>160</v>
+        <v>218</v>
       </c>
       <c r="C323" t="s">
         <v>16</v>
       </c>
       <c r="D323" s="2">
         <v>1</v>
       </c>
       <c r="E323" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B324" t="s">
         <v>219</v>
       </c>
       <c r="C324" t="s">
         <v>14</v>
       </c>
       <c r="D324" s="2">
         <v>1</v>
       </c>
       <c r="E324" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B325" t="s">
         <v>219</v>
       </c>
       <c r="C325" t="s">
         <v>16</v>
       </c>
       <c r="D325" s="2">
         <v>1</v>
       </c>
       <c r="E325" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B326" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C326" t="s">
         <v>14</v>
       </c>
       <c r="D326" s="2">
         <v>1</v>
       </c>
       <c r="E326" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B327" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C327" t="s">
         <v>16</v>
       </c>
       <c r="D327" s="2">
         <v>1</v>
       </c>
       <c r="E327" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B328" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C328" t="s">
         <v>14</v>
       </c>
       <c r="D328" s="2">
         <v>1</v>
       </c>
       <c r="E328" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B329" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C329" t="s">
         <v>16</v>
       </c>
       <c r="D329" s="2">
         <v>1</v>
       </c>
       <c r="E329" t="s">
-        <v>15</v>
-[...32 lines deleted...]
-      <c r="E331" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>EvroEgovBg\PhpXlsxGenerator</Application>
   <Company>Платформа за координация, отчитане на напредъка, комуникация и контрол във връзка с адаптирането на ИС на адм органи за работа с еврото</Company>
   <Manager>Платформа за координация, отчитане на напредъка, комуникация и контрол във връзка с адаптирането на ИС на адм органи за работа с еврото</Manager>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>evro.egov.bg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description>Извадка от данни от платформата evro.egov.bg</dc:description>