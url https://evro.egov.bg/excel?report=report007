--- v1 (2025-12-22)
+++ v2 (2026-02-22)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="EvroEgovBg\PhpXlsxGenerator"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="209">
   <si>
     <t>Наименование на административен орган</t>
   </si>
   <si>
     <t>Наименование на информационна система</t>
   </si>
   <si>
     <t>Дейност</t>
   </si>
   <si>
     <t>Прогрес</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Агенция за публичните предприятия и контрол</t>
   </si>
   <si>
     <t>Електронна платформа за продажба на имоти</t>
   </si>
   <si>
     <t>4.2 Преминали приемателни тестове</t>
   </si>
   <si>
@@ -179,56 +179,53 @@
   <si>
     <t>Агенция по геодезия, картография и кадастър</t>
   </si>
   <si>
     <t>Кадастрална административна информационна система (КАИС)</t>
   </si>
   <si>
     <t>Агенция по заетостта</t>
   </si>
   <si>
     <t>Национална База Данни</t>
   </si>
   <si>
     <t>Единен централизиран регистър за физическите и юридически лица</t>
   </si>
   <si>
     <t>Агенция по обществени поръчки</t>
   </si>
   <si>
     <t>ЦАИС ЕОП - Централизирана автоматизирана информационна система Електронни обществени поръчки</t>
   </si>
   <si>
     <t>Агенция Пътна инфраструктура - Национално тол управление</t>
   </si>
   <si>
-    <t>Национална система за
-[...4 lines deleted...]
-пътна мрежа ППС</t>
+    <t>Система за вторична
+интеграция на
+процесите (СВИП)</t>
   </si>
   <si>
     <t>Администрация на Министерския съвет</t>
   </si>
   <si>
     <t>Национален концесионен регистър</t>
   </si>
   <si>
     <t>ИСУН - Информационна система за управление и наблюдение на средствата от ЕС</t>
   </si>
   <si>
     <t>ИИСДА - Интегрирана информационна система на държавната администрация</t>
   </si>
   <si>
     <t>Българска агенция по безопасност на храните</t>
   </si>
   <si>
     <t>Интегрирана информационна система Регистри</t>
   </si>
   <si>
     <t>Български институт по метрология</t>
   </si>
   <si>
     <t>ЕСУКАД - Единна система за  упавление и контрол на  админисративната  дейност</t>
   </si>
@@ -376,51 +373,51 @@
   <si>
     <t>Портал за електронни административни услуги</t>
   </si>
   <si>
     <t>Министерство на земеделието и храните</t>
   </si>
   <si>
     <t>Министерство на образованието и науката</t>
   </si>
   <si>
     <t>Националната  електронна  информационна  система за  предучилищното и  училищното  образование (НЕИСПУО)</t>
   </si>
   <si>
     <t>Информационна  система за управление  и отчитане на дейности  по проект BG05SFPR001- 1.001-0001 Успех за теб</t>
   </si>
   <si>
     <t>Информационна  система за  администриране на  финансовите процеси в  системата на  предучилищното и  училищното образование</t>
   </si>
   <si>
     <t>ИС Силен старт</t>
   </si>
   <si>
     <t>Информационен регистър на одобрените  програми за повишаване квалификацията на  педагогическите специалисти</t>
   </si>
   <si>
-    <t>Електронна база данни за настнените лица в студентските общежития и хранещите се лица в студентските столове</t>
+    <t>Електронна база данни за настанените лица в студентските общежития и хранещите се лица в студентските столове</t>
   </si>
   <si>
     <t>Министерство на отбраната</t>
   </si>
   <si>
     <t>Neologic</t>
   </si>
   <si>
     <t>Министерство на финансите</t>
   </si>
   <si>
     <t>ИСПВР - Информационна система за подпомагане вземането на решения в областта на управлението при бедствия</t>
   </si>
   <si>
     <t>ИСЦК - WEB баизрана информационна система за управление на ценни книжа</t>
   </si>
   <si>
     <t>SDMS - ИС за анализ, прогнози и управление на държавния и държавногарантиран дълг на РБ</t>
   </si>
   <si>
     <t>ИФИСО - Интегрирана финансово информационна система за общините, базирана на SAP ECC 6.0</t>
   </si>
   <si>
     <t>ВАСУ - WEB базирана информационна система Финанси</t>
   </si>
@@ -482,62 +479,50 @@
     <t>Административно информационна система на НСЦРЛП</t>
   </si>
   <si>
     <t>Национален център за информация и документация</t>
   </si>
   <si>
     <t>Официална интернет страница на НАЦИД</t>
   </si>
   <si>
     <t>Регистър за научноизследователската дейност</t>
   </si>
   <si>
     <t>Регистър на академичния състав</t>
   </si>
   <si>
     <t>Деловодна система AB Docs</t>
   </si>
   <si>
     <t>Единна информационна система за електронни административни услуги и портално приложение</t>
   </si>
   <si>
     <t>Регистър на издадените удостоверения Apostille</t>
   </si>
   <si>
     <t>Регистър на отпуснатите кредити на студенти и докторанти</t>
-  </si>
-[...10 lines deleted...]
-    <t>ПП Стил</t>
   </si>
   <si>
     <t>Национална агенция за приходите</t>
   </si>
   <si>
     <t>Софтуер за управление на приходите (СУП) - модули, които са в обхвата на поддръжката</t>
   </si>
   <si>
     <t>Информационна система Контрол</t>
   </si>
   <si>
     <t>Информационна система - Контрол на горивата</t>
   </si>
   <si>
     <t>ИС Продажби</t>
   </si>
   <si>
     <t>Информационна система ФУДВ /надградена/ - СУПТО, е-магазини, одиторски файлове</t>
   </si>
   <si>
     <t>Информационна система Интрастат</t>
   </si>
   <si>
     <t>ИС Търговска несъстоятелност</t>
   </si>
@@ -585,65 +570,50 @@
   <si>
     <t>Национално бюро за правна помощ</t>
   </si>
   <si>
     <t>Единнинна електронна система за правна помощ</t>
   </si>
   <si>
     <t>Областна дирекция Земеделие - Велико Търново</t>
   </si>
   <si>
     <t>Електронен регистър - Бели петна</t>
   </si>
   <si>
     <t>Общинска администрация - Бургас</t>
   </si>
   <si>
     <t>eGIS</t>
   </si>
   <si>
     <t>Общинска администрация - Върбица</t>
   </si>
   <si>
     <t>Модул Местни данъци и такси (МДТ) към ИСО (Матеус)</t>
   </si>
   <si>
-    <t>Общинска администрация - Ивайловград</t>
-[...13 lines deleted...]
-  <si>
     <t>Общинска администрация - Пловдив</t>
   </si>
   <si>
     <t>ПП ЦЕНТРАЛИЗИРАНА СИСТЕМА ЗА УПРАВЛЕНИЕ И КОНТРОЛ НА СОБСТВЕНИТЕ ПРИХОДИ</t>
   </si>
   <si>
     <t>Общинска администрация - Русе</t>
   </si>
   <si>
     <t>Ритуал фак</t>
   </si>
   <si>
     <t>Общинска администрация - Столична община</t>
   </si>
   <si>
     <t>Система за управление  на договорите в СО (ИС  СУДСО)</t>
   </si>
   <si>
     <t>Система за управление  на имотите на СО (ИС  ПРОМИС)</t>
   </si>
   <si>
     <t>Система за  регистриране на  секционните  избирателни комисии и  техния състав (ИС РегСИК)</t>
   </si>
   <si>
     <t>Информационната  система за обслужване  на детските заведения,  подготвителните групи и  първи клас в училищата  (ИСОДЗ)</t>
@@ -658,68 +628,50 @@
     <t>ИС за резервация на  дата за сключване на  граждански брак https://svatbi.sofia.bg/</t>
   </si>
   <si>
     <t>Информационна система за мониторинг на данни и политики на  управление на общинските търговски дружества (INFO SOF)</t>
   </si>
   <si>
     <t>Патентно ведомство</t>
   </si>
   <si>
     <t>Фронт офис - Портал</t>
   </si>
   <si>
     <t>Бек офис - Ай Пас</t>
   </si>
   <si>
     <t>Регионална здравна инспекция - Монтана</t>
   </si>
   <si>
     <t>Сайт на РЗИ - Монтана</t>
   </si>
   <si>
     <t>Сметна палата на Република България</t>
   </si>
   <si>
     <t>ЕРИК - ИС на Единния регистър по Изборния кодекс</t>
-  </si>
-[...16 lines deleted...]
-    <t>Софтуерни приложения Атанас Тинкин - отчитане на някои собствени приходи на общините</t>
   </si>
   <si>
     <t>Център за асистирана репродукция</t>
   </si>
   <si>
     <t>ИС - Ин Витро</t>
   </si>
   <si>
     <t>Център за образователна интеграция на децата и учениците от етническите малцинства (ЦОИДУЕМ)</t>
   </si>
   <si>
     <t>ЕЛЕКТРОННА СИСТЕМА ЗА ПОДАВАНЕ И ОЦЕНЯВАНЕ НА ПРОЕКТНИ ПРЕДЛОЖЕНИЯ КЪМ ЦОИДУЕМ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
@@ -747,51 +699,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E329"/>
+  <dimension ref="A1:E303"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="34" customWidth="1"/>
     <col min="4" max="4" width="8" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
@@ -2008,85 +1960,85 @@
       </c>
       <c r="B73" t="s">
         <v>56</v>
       </c>
       <c r="C73" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="2">
         <v>1</v>
       </c>
       <c r="E73" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>57</v>
       </c>
       <c r="B74" t="s">
         <v>58</v>
       </c>
       <c r="C74" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E74" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>57</v>
       </c>
       <c r="B75" t="s">
         <v>58</v>
       </c>
       <c r="C75" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="2">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="E75" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>57</v>
       </c>
       <c r="B76" t="s">
         <v>59</v>
       </c>
       <c r="C76" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="2">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="E76" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>57</v>
       </c>
       <c r="B77" t="s">
         <v>59</v>
       </c>
       <c r="C77" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="2">
         <v>1</v>
       </c>
       <c r="E77" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>57</v>
@@ -4603,1825 +4555,1383 @@
         <v>1</v>
       </c>
       <c r="E224" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>156</v>
       </c>
       <c r="B225" t="s">
         <v>159</v>
       </c>
       <c r="C225" t="s">
         <v>16</v>
       </c>
       <c r="D225" s="2">
         <v>1</v>
       </c>
       <c r="E225" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
+        <v>156</v>
+      </c>
+      <c r="B226" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C226" t="s">
         <v>14</v>
       </c>
       <c r="D226" s="2">
         <v>1</v>
       </c>
       <c r="E226" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
+        <v>156</v>
+      </c>
+      <c r="B227" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C227" t="s">
         <v>16</v>
       </c>
       <c r="D227" s="2">
         <v>1</v>
       </c>
       <c r="E227" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B228" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C228" t="s">
         <v>14</v>
       </c>
       <c r="D228" s="2">
         <v>1</v>
       </c>
       <c r="E228" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B229" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C229" t="s">
         <v>16</v>
       </c>
       <c r="D229" s="2">
         <v>1</v>
       </c>
       <c r="E229" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B230" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C230" t="s">
         <v>14</v>
       </c>
       <c r="D230" s="2">
         <v>1</v>
       </c>
       <c r="E230" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B231" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C231" t="s">
         <v>16</v>
       </c>
       <c r="D231" s="2">
         <v>1</v>
       </c>
       <c r="E231" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B232" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C232" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D232" s="2">
         <v>1</v>
       </c>
       <c r="E232" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B233" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C233" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D233" s="2">
         <v>1</v>
       </c>
       <c r="E233" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B234" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C234" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D234" s="2">
         <v>1</v>
       </c>
       <c r="E234" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B235" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C235" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D235" s="2">
         <v>1</v>
       </c>
       <c r="E235" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B236" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C236" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D236" s="2">
         <v>1</v>
       </c>
       <c r="E236" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B237" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C237" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D237" s="2">
         <v>1</v>
       </c>
       <c r="E237" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B238" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C238" t="s">
         <v>7</v>
       </c>
       <c r="D238" s="2">
         <v>1</v>
       </c>
       <c r="E238" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B239" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C239" t="s">
         <v>9</v>
       </c>
       <c r="D239" s="2">
         <v>1</v>
       </c>
       <c r="E239" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B240" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C240" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D240" s="2">
         <v>1</v>
       </c>
       <c r="E240" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B241" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C241" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D241" s="2">
         <v>1</v>
       </c>
       <c r="E241" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B242" t="s">
         <v>169</v>
       </c>
       <c r="C242" t="s">
         <v>7</v>
       </c>
       <c r="D242" s="2">
         <v>1</v>
       </c>
       <c r="E242" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B243" t="s">
         <v>169</v>
       </c>
       <c r="C243" t="s">
         <v>9</v>
       </c>
       <c r="D243" s="2">
         <v>1</v>
       </c>
       <c r="E243" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B244" t="s">
         <v>170</v>
       </c>
       <c r="C244" t="s">
         <v>7</v>
       </c>
       <c r="D244" s="2">
         <v>1</v>
       </c>
       <c r="E244" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B245" t="s">
         <v>170</v>
       </c>
       <c r="C245" t="s">
         <v>9</v>
       </c>
       <c r="D245" s="2">
         <v>1</v>
       </c>
       <c r="E245" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B246" t="s">
         <v>171</v>
       </c>
       <c r="C246" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D246" s="2">
         <v>1</v>
       </c>
       <c r="E246" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="B247" t="s">
         <v>171</v>
       </c>
       <c r="C247" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D247" s="2">
         <v>1</v>
       </c>
       <c r="E247" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
+        <v>168</v>
+      </c>
+      <c r="B248" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C248" t="s">
         <v>7</v>
       </c>
       <c r="D248" s="2">
         <v>1</v>
       </c>
       <c r="E248" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
+        <v>168</v>
+      </c>
+      <c r="B249" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C249" t="s">
         <v>9</v>
       </c>
       <c r="D249" s="2">
         <v>1</v>
       </c>
       <c r="E249" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B250" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C250" t="s">
         <v>7</v>
       </c>
       <c r="D250" s="2">
         <v>1</v>
       </c>
       <c r="E250" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B251" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C251" t="s">
         <v>9</v>
       </c>
       <c r="D251" s="2">
         <v>1</v>
       </c>
       <c r="E251" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B252" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C252" t="s">
         <v>7</v>
       </c>
       <c r="D252" s="2">
         <v>1</v>
       </c>
       <c r="E252" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B253" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C253" t="s">
         <v>9</v>
       </c>
       <c r="D253" s="2">
         <v>1</v>
       </c>
       <c r="E253" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>172</v>
-[...103 lines deleted...]
-      <c r="B260" t="inlineStr">
+        <v>168</v>
+      </c>
+      <c r="B254" t="inlineStr">
         <is>
           <t>Надграждане на ИИС с модул за автоматизиране на процеса по чл.58, ал.1 от Наредба №2 от 27.03.2019г. за медицинските и други услуги по чл.82, ал. 1а и 3 от Закона за здравето</t>
         </is>
       </c>
-      <c r="C260" t="s">
-[...13 lines deleted...]
-      <c r="B261" t="inlineStr">
+      <c r="C254" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="2">
+        <v>1</v>
+      </c>
+      <c r="E254" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>168</v>
+      </c>
+      <c r="B255" t="inlineStr">
         <is>
           <t>Надграждане на ИИС с модул за автоматизиране на процеса по чл.58, ал.1 от Наредба №2 от 27.03.2019г. за медицинските и други услуги по чл.82, ал. 1а и 3 от Закона за здравето</t>
         </is>
       </c>
+      <c r="C255" t="s">
+        <v>9</v>
+      </c>
+      <c r="D255" s="2">
+        <v>1</v>
+      </c>
+      <c r="E255" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>168</v>
+      </c>
+      <c r="B256" t="s">
+        <v>175</v>
+      </c>
+      <c r="C256" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="2">
+        <v>1</v>
+      </c>
+      <c r="E256" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>168</v>
+      </c>
+      <c r="B257" t="s">
+        <v>175</v>
+      </c>
+      <c r="C257" t="s">
+        <v>9</v>
+      </c>
+      <c r="D257" s="2">
+        <v>1</v>
+      </c>
+      <c r="E257" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>168</v>
+      </c>
+      <c r="B258" t="s">
+        <v>176</v>
+      </c>
+      <c r="C258" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="2">
+        <v>1</v>
+      </c>
+      <c r="E258" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>168</v>
+      </c>
+      <c r="B259" t="s">
+        <v>176</v>
+      </c>
+      <c r="C259" t="s">
+        <v>9</v>
+      </c>
+      <c r="D259" s="2">
+        <v>1</v>
+      </c>
+      <c r="E259" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>177</v>
+      </c>
+      <c r="B260" t="s">
+        <v>178</v>
+      </c>
+      <c r="C260" t="s">
+        <v>14</v>
+      </c>
+      <c r="D260" s="2">
+        <v>1</v>
+      </c>
+      <c r="E260" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>177</v>
+      </c>
+      <c r="B261" t="s">
+        <v>178</v>
+      </c>
       <c r="C261" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D261" s="2">
         <v>1</v>
       </c>
       <c r="E261" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="B262" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C262" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D262" s="2">
         <v>1</v>
       </c>
       <c r="E262" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="B263" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C263" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D263" s="2">
         <v>1</v>
       </c>
       <c r="E263" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="B264" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C264" t="s">
         <v>7</v>
       </c>
       <c r="D264" s="2">
         <v>1</v>
       </c>
       <c r="E264" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="B265" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C265" t="s">
         <v>9</v>
       </c>
       <c r="D265" s="2">
         <v>1</v>
       </c>
       <c r="E265" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B266" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C266" t="s">
         <v>14</v>
       </c>
       <c r="D266" s="2">
         <v>1</v>
       </c>
       <c r="E266" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B267" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C267" t="s">
         <v>16</v>
       </c>
       <c r="D267" s="2">
         <v>1</v>
       </c>
       <c r="E267" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B268" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C268" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D268" s="2">
         <v>1</v>
       </c>
       <c r="E268" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B269" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C269" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D269" s="2">
         <v>1</v>
       </c>
       <c r="E269" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B270" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C270" t="s">
         <v>7</v>
       </c>
       <c r="D270" s="2">
         <v>1</v>
       </c>
       <c r="E270" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B271" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C271" t="s">
         <v>9</v>
       </c>
       <c r="D271" s="2">
         <v>1</v>
       </c>
       <c r="E271" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B272" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C272" t="s">
         <v>14</v>
       </c>
       <c r="D272" s="2">
         <v>1</v>
       </c>
       <c r="E272" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B273" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C273" t="s">
         <v>16</v>
       </c>
       <c r="D273" s="2">
         <v>1</v>
       </c>
       <c r="E273" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>189</v>
       </c>
       <c r="B274" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C274" t="s">
         <v>14</v>
       </c>
       <c r="D274" s="2">
         <v>1</v>
       </c>
       <c r="E274" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>189</v>
       </c>
       <c r="B275" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C275" t="s">
         <v>16</v>
       </c>
       <c r="D275" s="2">
         <v>1</v>
       </c>
       <c r="E275" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>189</v>
       </c>
       <c r="B276" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C276" t="s">
         <v>14</v>
       </c>
       <c r="D276" s="2">
         <v>1</v>
       </c>
       <c r="E276" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>189</v>
       </c>
       <c r="B277" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C277" t="s">
         <v>16</v>
       </c>
       <c r="D277" s="2">
         <v>1</v>
       </c>
       <c r="E277" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>189</v>
       </c>
-      <c r="B278" t="s">
-        <v>192</v>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>Система за управление  и мониторинг по проект  № BG16M1ОP002-5.003 -  0001 за подмяна на  отоплителни устройства  на твърдо гориво с  екологични алтернативи  (ИС ЕкоУРЕДИ)</t>
+        </is>
       </c>
       <c r="C278" t="s">
         <v>14</v>
       </c>
       <c r="D278" s="2">
         <v>1</v>
       </c>
       <c r="E278" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>189</v>
       </c>
-      <c r="B279" t="s">
-        <v>192</v>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>Система за управление  и мониторинг по проект  № BG16M1ОP002-5.003 -  0001 за подмяна на  отоплителни устройства  на твърдо гориво с  екологични алтернативи  (ИС ЕкоУРЕДИ)</t>
+        </is>
       </c>
       <c r="C279" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="2">
         <v>1</v>
       </c>
       <c r="E279" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>189</v>
       </c>
       <c r="B280" t="s">
         <v>193</v>
       </c>
       <c r="C280" t="s">
         <v>14</v>
       </c>
       <c r="D280" s="2">
         <v>1</v>
       </c>
       <c r="E280" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>189</v>
       </c>
       <c r="B281" t="s">
         <v>193</v>
       </c>
       <c r="C281" t="s">
         <v>16</v>
       </c>
       <c r="D281" s="2">
         <v>1</v>
       </c>
       <c r="E281" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
+        <v>189</v>
+      </c>
+      <c r="B282" t="s">
         <v>194</v>
       </c>
-      <c r="B282" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C282" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D282" s="2">
         <v>1</v>
       </c>
       <c r="E282" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
+        <v>189</v>
+      </c>
+      <c r="B283" t="s">
         <v>194</v>
       </c>
-      <c r="B283" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C283" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D283" s="2">
         <v>1</v>
       </c>
       <c r="E283" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B284" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C284" t="s">
         <v>7</v>
       </c>
       <c r="D284" s="2">
         <v>1</v>
       </c>
       <c r="E284" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B285" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C285" t="s">
         <v>9</v>
       </c>
       <c r="D285" s="2">
         <v>1</v>
       </c>
       <c r="E285" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B286" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C286" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D286" s="2">
         <v>1</v>
       </c>
       <c r="E286" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B287" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C287" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D287" s="2">
         <v>1</v>
       </c>
       <c r="E287" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B288" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C288" t="s">
         <v>14</v>
       </c>
       <c r="D288" s="2">
         <v>1</v>
       </c>
       <c r="E288" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B289" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C289" t="s">
         <v>16</v>
       </c>
       <c r="D289" s="2">
         <v>1</v>
       </c>
       <c r="E289" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>189</v>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>Система за управление  на Етажна собственост,  разширена с  функционалност за  Програмата за  енергийна ефективност  на многофамилни  жилищни сгради за  Столична община (ИС  РЕГЕС)</t>
+        </is>
       </c>
       <c r="C290" t="s">
         <v>14</v>
       </c>
       <c r="D290" s="2">
         <v>1</v>
       </c>
       <c r="E290" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>189</v>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>Система за управление  на Етажна собственост,  разширена с  функционалност за  Програмата за  енергийна ефективност  на многофамилни  жилищни сгради за  Столична община (ИС  РЕГЕС)</t>
+        </is>
       </c>
       <c r="C291" t="s">
         <v>16</v>
       </c>
       <c r="D291" s="2">
         <v>1</v>
       </c>
       <c r="E291" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>198</v>
       </c>
-      <c r="B292" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B292" t="s">
+        <v>199</v>
       </c>
       <c r="C292" t="s">
         <v>14</v>
       </c>
       <c r="D292" s="2">
         <v>1</v>
       </c>
       <c r="E292" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>198</v>
       </c>
-      <c r="B293" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B293" t="s">
+        <v>199</v>
       </c>
       <c r="C293" t="s">
         <v>16</v>
       </c>
       <c r="D293" s="2">
         <v>1</v>
       </c>
       <c r="E293" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>198</v>
       </c>
       <c r="B294" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C294" t="s">
         <v>14</v>
       </c>
       <c r="D294" s="2">
         <v>1</v>
       </c>
       <c r="E294" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>198</v>
       </c>
       <c r="B295" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C295" t="s">
         <v>16</v>
       </c>
       <c r="D295" s="2">
         <v>1</v>
       </c>
       <c r="E295" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B296" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C296" t="s">
         <v>14</v>
       </c>
       <c r="D296" s="2">
         <v>1</v>
       </c>
       <c r="E296" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B297" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C297" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="2">
         <v>1</v>
       </c>
       <c r="E297" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B298" t="s">
         <v>204</v>
       </c>
       <c r="C298" t="s">
         <v>7</v>
       </c>
       <c r="D298" s="2">
         <v>1</v>
       </c>
       <c r="E298" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B299" t="s">
         <v>204</v>
       </c>
       <c r="C299" t="s">
         <v>9</v>
       </c>
       <c r="D299" s="2">
         <v>1</v>
       </c>
       <c r="E299" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="B300" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C300" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D300" s="2">
         <v>1</v>
       </c>
       <c r="E300" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="B301" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C301" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D301" s="2">
         <v>1</v>
       </c>
       <c r="E301" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="B302" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C302" t="s">
         <v>14</v>
       </c>
       <c r="D302" s="2">
         <v>1</v>
       </c>
       <c r="E302" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="B303" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C303" t="s">
         <v>16</v>
       </c>
       <c r="D303" s="2">
         <v>1</v>
       </c>
       <c r="E303" t="s">
-        <v>15</v>
-[...444 lines deleted...]
-      <c r="E329" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>EvroEgovBg\PhpXlsxGenerator</Application>
   <Company>Платформа за координация, отчитане на напредъка, комуникация и контрол във връзка с адаптирането на ИС на адм органи за работа с еврото</Company>
   <Manager>Платформа за координация, отчитане на напредъка, комуникация и контрол във връзка с адаптирането на ИС на адм органи за работа с еврото</Manager>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>evro.egov.bg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description>Извадка от данни от платформата evro.egov.bg</dc:description>